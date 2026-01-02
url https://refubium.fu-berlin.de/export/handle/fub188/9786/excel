--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.accessRights.dnb</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>c9687233-168c-443d-b953-e3090922c288</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Lehnen (geb. Henkes), Dominika</t>
+    <t>Lehnen, Dominika (geb. Henkes)</t>
   </si>
   <si>
     <t>Prof. Dr. Monika Schäfer-Korting</t>
   </si>
   <si>
     <t>Prof. Dr. Jürgen Lademann</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2013-12-06</t>
   </si>
   <si>
     <t>2018-06-07T22:53:58Z</t>
   </si>
   <si>
     <t>2014-04-08T08:55:14.960Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Although loss-of-function mutations of FLG are a well-known major predisposing
 factor for atopic dermatitis (AD) and ichthyosis vulgaris (IV), respectively,