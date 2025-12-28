--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>bd61b0ed-b015-4d9b-96cd-22577fd1bedf</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Strecker, Kristina, geb. Kosmis</t>
+    <t>Strecker, Kristina (geb. Kosmis)</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Holger Martens</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Heidrun Fink||Prof. Dr. Gotthold Gäbel</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>2011-02-04</t>
   </si>
   <si>
     <t>2018-06-07T21:55:46Z</t>
   </si>
   <si>
     <t>2011-03-15T09:47:26.628Z</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Eine Hauptfunktion des Blättermagens liegt in der Absorption von kurzkettigen
 Fettsäuren und Bikarbonat. Diese Aufnahme bedingt effektive Mechanismen zur