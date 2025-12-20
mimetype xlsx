--- v0 (2025-10-23)
+++ v1 (2025-12-20)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>ff52d8a0-ce50-476b-849d-5845054e4809</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Wagner, geb. Weiskopf, Anja</t>
+    <t>Wagner, Anja (geb. Weiskopf)</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Hartmann</t>
   </si>
   <si>
     <t>Priv.-Doz. Dr. U. Teichgräber||Univ.-Prof Dr. J. Handler</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2011-10-26</t>
   </si>
   <si>
     <t>2018-06-07T21:32:02Z</t>
   </si>
   <si>
     <t>2011-12-13T11:56:56.587Z</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Um die Vorteile des MRT auch in vollem Umfang in der Angiographie nutzen zu
 können, müssen Werkzeuge entwickelt werden, welche die Themen RF-Sicherheit