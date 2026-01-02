--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -104,51 +104,51 @@
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.mycore.transfer</t>
   </si>
   <si>
     <t>8e3a4569-859f-4f09-8ccd-93d6663b36a4</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Gilles, geb. Schulden, Ute</t>
+    <t>Gilles, Ute (geb. Schulden)</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Roland Rudolph</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Johanna Plendl||Univ.-Prof. Dr. Leo Brunnberg</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>2000-07-17</t>
   </si>
   <si>
     <t>2018-06-07T20:33:47Z</t>
   </si>
   <si>
     <t>2000-12-14T00:00:00.649Z</t>
   </si>
   <si>
     <t>2001-01-24</t>
   </si>
   <si>
     <t>2000</t>
   </si>