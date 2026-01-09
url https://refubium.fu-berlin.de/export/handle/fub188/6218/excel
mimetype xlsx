--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>49078292-4947-4962-90fa-b273156e4ca0</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Schuhmann; geb. Horn, Britta</t>
+    <t>Schuhmann, Britta (geb. Horn)</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Leo Brunnberg</t>
   </si>
   <si>
     <t>Univ.-Prof. Dr. Hafez Mohamed Hafez||Univ.-Prof. Dr. Johannes Handler</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2011-10-28</t>
   </si>
   <si>
     <t>2018-06-07T19:35:25Z</t>
   </si>
   <si>
     <t>2011-12-28T10:14:22.768Z</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Ziel der Studien war, an zwei Greifvogelarten und einer Eulenart die
 Zusammensetzung, Dichte und mechanische Belastbarkeit sowie bei adulten