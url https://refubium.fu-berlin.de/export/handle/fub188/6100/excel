--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -104,51 +104,51 @@
   <si>
     <t>dcterms.accessRights.dnb</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>03b00ade-7705-41d7-91f8-f04f2135bf2f</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Pfeifer (geb. Ludwig), Juliane</t>
+    <t>Pfeifer, Juliane (geb. Ludwig)</t>
   </si>
   <si>
     <t>juliane.ludwig2@fu-berlin.de</t>
   </si>
   <si>
     <t>Prof. Dr. Rainer Watermann</t>
   </si>
   <si>
     <t>Prf. Dr. Ursula Kessels</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2016-10-12</t>
   </si>
   <si>
     <t>2018-06-07T19:25:33Z</t>
   </si>
   <si>
     <t>2017-09-20T12:26:08.285Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>