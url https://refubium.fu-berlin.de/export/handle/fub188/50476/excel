--- v0 (2025-11-27)
+++ v1 (2026-01-14)
@@ -137,51 +137,51 @@
   <si>
     <t>106053</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/50476||http://dx.doi.org/10.17169/refubium-50203</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-refubium-50476-6</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>800 Literatur::890 Andere Literaturen::892 Afroasiatische Literaturen, semitische Literaturen</t>
   </si>
   <si>
     <t>Erinnerungskultur||Zweiter Weltkrieg||Bundesrepublik||Israel||Palästina||Arabische Literatur||Hebräische Literatur||Übersetzung</t>
   </si>
   <si>
     <t>Fiktive Grenzverletzung</t>
   </si>
   <si>
-    <t>Zusammenhänge von Shoa, Nakba, Holocaust erzählen. Ein Essay</t>
+    <t>Zusammenhänge von Shoa, Nakba, Holocaust erzählen</t>
   </si>
   <si>
     <t>Buch</t>
   </si>
   <si>
     <t>free</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>AphorismA</t>
   </si>
   <si>
     <t>Berlin</t>
   </si>
   <si>
     <t>https://shop.aphorisma.eu/collections/verlagsbestand/products/fiktive-grenzverletzungen</t>
   </si>
   <si>
     <t>Geschichts- und Kulturwissenschaften</t>
   </si>
   <si>
     <t>Institut für Arabistik</t>
   </si>