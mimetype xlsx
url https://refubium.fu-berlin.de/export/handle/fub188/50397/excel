--- v0 (2025-11-18)
+++ v1 (2026-01-14)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="55">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
@@ -65,63 +65,72 @@
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.articlenumber</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
+    <t>dcterms.bibliographicCitation.originalpublishername</t>
+  </si>
+  <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
+  </si>
+  <si>
+    <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.note.author[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>8e04b656-c2d4-4b45-a0fe-a236e2e86d61</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Partzsch, Lena</t>
   </si>
   <si>
     <t>2025-11-17T08:01:27Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>While some scholars see the Sustainable Development Goals (SDGs) as an example of environmentally friendly
 development approaches that reconnect development with biospheric preconditions, others argue that they
 mask ongoing contestation. This article begins with a multi‐level governance perspective on the “green goals”
 of the 2030 Agenda and the importance of local action for their implementation. The focus is on Europe,
 where municipal sustainability governance was found to be concentrated and where the environment is most
@@ -146,114 +155,123 @@
   <si>
     <t>300 Sozialwissenschaften::320 Politikwissenschaft::320 Politikwissenschaft</t>
   </si>
   <si>
     <t>2030 Agenda||biodiversity||environmental sustainability||implementation||municipalities||Sustainable Development Goals||voluntary local reviews</t>
   </si>
   <si>
     <t>Local Implementation of the 2030 Agenda in Europe</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>9873</t>
   </si>
   <si>
     <t>10.17645/up.9873</t>
   </si>
   <si>
     <t>Urban Planning</t>
   </si>
   <si>
+    <t>Cogitatio Press</t>
+  </si>
+  <si>
     <t>https://doi.org/10.17645/up.9873</t>
   </si>
   <si>
     <t>10 (2025)</t>
   </si>
   <si>
     <t>2183-7635</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>Otto-Suhr-Institut für Politikwissenschaft:::ca19e79b-285b-4822-89a4-d0b77d55d851:::600</t>
+  </si>
+  <si>
+    <t>Cogitatio</t>
+  </si>
+  <si>
+    <t>Gefördert aus Open-Access-Mitteln der Freien Universität Berlin.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:AC2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -291,120 +309,138 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
+      <c r="Z1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB1" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="J2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="K2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="M2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="N2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="O2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Q2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="R2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="S2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="T2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="U2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="V2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="W2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="X2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="Y2" t="s">
-        <v>48</v>
+        <v>51</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>