--- v0 (2025-11-07)
+++ v1 (2026-01-14)
@@ -110,51 +110,51 @@
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>ee8b2415-5e8e-4b73-a64f-e3f8caec11c9</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Dmitrieva, Xenia||Anton, Jean-Luc||Fairs, Amie||Ivanova, Bissera||Sein, Julien||Nazarian, Bruno||Dufour, Sophie||Pulvermüller, Friedemann||Runnqvist, Elin||Strijkers, Kristof</t>
   </si>
   <si>
     <t>2025-11-07T08:07:07Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>In this functional magnetic resonance imaging study, we investigated whether language production and understanding recruit similar phoneme-specific networks. We did so by comparing the brain’s response to different phoneme categories in minimal pairs: Bilabial-initial words (eg “monkey”) were contrasted to alveolar-initial words (eg “donkey”) in 37 participants performing both language production and comprehension tasks. Individual-specific region-of-interest analyses showed that the same sensorimotor networks were activated across the language modalities. In motor regions, word production and comprehension elicited the same phoneme-specific topographical activity patterns, with stronger haemodynamic activations for alveolar-initial words in the tongue cortex and stronger activations for bilabial-initial words in the lip cortex. In the posterior and middle superior temporal cortex, production and comprehension likewise resulted in similar activity patterns, with enhanced activations to alveolar- compared to bilabial-initial words. These results disagree with the classical asymmetry between language production and understanding in neurobiological models of language, and instead advocate for a cortical organization where phonology is carried by similar topographical activations in motor cortex and distributed activations in temporal cortex across the language modalities.</t>
   </si>
   <si>
     <t>11 Seiten</t>
   </si>
   <si>
-    <t>https://refubium.fu-berlin.de/handle/fub188/50205</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/50205||http://dx.doi.org/10.17169/refubium-49931</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>400 Sprache::410 Linguistik::410 Linguistik</t>
   </si>
   <si>
     <t>FMRI||language comprehension||language production||neurolinguistics||phonology</t>
   </si>
   <si>
     <t>Shared phonological networks in frontal and temporal cortex for language production and comprehension</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>bhaf275</t>
   </si>