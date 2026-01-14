--- v0 (2025-11-07)
+++ v1 (2026-01-14)
@@ -107,51 +107,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>7959232d-d4a2-476f-9a5a-b4092095b3eb</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Olaniyan, Ibukun||Blázquez Martínez, Alfredo||Hevelke, Valentin Väinö||Wiesner, Sven||Wu, Rong||Phan, Thanh Luan||Cours, Robin||Cherkashin, Nikolay||Schamm-Chardon, Sylvie||Kim, Dong-Jik||Dubourdieu, Catherine</t>
+    <t>Olaniyan, Ibukun||Blázquez Martínez, Alfredo||Hevelke, Valentin Väinö||Wiesner, Sven||Wu, Rong||Phan, Thanh Luan||Cours, Robin||Cherkashin, Nikolay||Schamm-Chardon, Sylvie||Kim, Dong-Jik||Dubourdieu, Catherine</t>
   </si>
   <si>
     <t>2025-11-06T06:40:19Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2025-11-06T01:01:04Z</t>
   </si>
   <si>
     <t>Optical manipulation of ferroelectric polarization is a promising method for potentially ultrafast and remote polarization switching without electrodes. Here, we report optical ferroelastic and ferroelectric switching by UV irradiation in epitaxial BaTiO3 thin films grown on a SrTiO3-buffered Si substrate. The pristine BaTiO3 film is in the tetragonal ferroelectric phase with both in-plane and out-of-plane ferroelectric polarization. After irradiation by a 325 nm UV laser, the polarization is mainly out-of-plane indicating ferroelastic switching. Moreover, all initial downward polarized domains have switched to upward, thus showing ferroelectric 180°-domain switching. After irradiation the film exhibits mainly a single up-oriented polarization and as a result, the irradiated regions exhibit an enhanced piezoelectric response. We propose that the observed ferroelastic and ferroelectric switching is triggered by additional strain/stress fields generated by internal electric fields arising mainly from the spatial charge carrier separation after photoexcitation. These strain/stress fields add up to the Vegard strain field and to local heating, which induce defect motion and a final state with full strain relaxation. This optical switching enables remote manipulation of ferroelastic and ferroelectric domains in BaTiO3 films on silicon. Moreover, UV illumination appears as a potential postdeposition treatment to heal defects and obtain a strain-free epitaxial layer.</t>
   </si>
   <si>
     <t>10 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/50165||http://dx.doi.org/10.17169/refubium-49891</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t/>
   </si>