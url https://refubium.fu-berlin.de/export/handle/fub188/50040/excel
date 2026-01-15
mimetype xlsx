--- v0 (2025-11-08)
+++ v1 (2026-01-15)
@@ -104,51 +104,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>1fdb5ccf-58b4-47bf-b360-c79aa482f2d9</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Chhabra, Akshita||Hoffmann, Christian||Aguilar Pérez, Gerard||Korobeinikov, Aleksandr A||Rentsch, Jakob||Hümpfer, Nadja||Kokwaro, Linda||Gnidovec, Luka||Petrović, Arsen||Wallace, Jaqulin N||Tromm, Johannes Vincent||Román-Vendrell, Cristina||Johnson, Emma C||Ranković, Branislava||Perego, Eleonora||Volpi, Tommaso||Fernández-Busnadiego, Rubén||Köster, Sarah||Rizzoli, Silvio O||Ewers, Helge||Morgan, Jennifer R||Milovanović, Dragomir</t>
+    <t>Chhabra, Akshita||Hoffmann, Christian||Aguilar Pérez, Gerard||Korobeinikov, Aleksandr A.||Rentsch, Jakob||Hümpfer, Nadja||Kokwaro, Linda||Gnidovec, Luka||Petrović, Arsen||Wallace, Jaqulin N.||Tromm, Johannes Vincent||Román-Vendrell, Cristina||Johnson, Emma C.||Ranković, Branislava||Perego, Eleonora||Volpi, Tommaso||Fernández-Busnadiego, Rubén||Köster, Sarah||Rizzoli, Silvio O.||Ewers, Helge||Morgan, Jennifer R.||Milovanović, Dragomir</t>
   </si>
   <si>
     <t>2025-10-29T06:17:55Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2025-10-28T09:32:51Z</t>
   </si>
   <si>
     <t>Neuronal communication relies on precisely maintained synaptic vesicle (SV) clusters, which assemble via liquid-liquid phase separation. This process requires synapsins, the major synaptic phosphoproteins, which are known to bind actin. Reorganization of SVs, synapsins, and actin is a hallmark of synaptic activity, but the molecular details of the interactions between these components remain unclear. Here, we combine in vitro reconstitution with expansion microscopy, super-resolution imaging, and cryo-electron tomography to dissect the roles of SV-synapsin-1 condensates in the organization of the presynaptic actin cytoskeleton. Our results indicate that condensation of synapsin-1 initiates actin polymerization. This process enables SV-synapsin-actin assemblies to facilitate the mesoscale organization of SV clusters along axons, which is similar to the native presynaptic organization observed at both lamprey and mammalian synapses. Understanding the relationship between the actin network and synapsin-synaptic vesicle condensates can help elucidate how coordinated neurotransmission along the axon enables circuit function and behavior.</t>
   </si>
   <si>
     <t>37 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/50040||http://dx.doi.org/10.17169/refubium-49765</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>Open Access This article is licensed under a Creative Commons Attribution 4.0 International License, which permits use, sharing, adaptation, distribution and reproduction in any medium or format, as long as you give appropriate credit to the original author(s) and the source, provide a link to the Creative Commons licence, and indicate if changes were made. The images or other third party material in this article are included in the article’s Creative Commons licence, unless indicated otherwise in a credit line to the material. If material is not included in the article’s Creative Commons licence and your intended use is not permitted by statutory regulation or exceeds the permitted use, you will need to obtain permission directly from the copyright holder. To view a copy of this licence, visit http://creativecommons.org/licenses/by/4.0/. Creative Commons Public Domain Dedication waiver http://creativecommons.org/publicdomain/zero/1.0/ applies to the data associated with this article, unless otherwise stated in a credit line to the data, but does not extend to the graphical or creative elements of illustrations, charts, or figures. This waiver removes legal barriers to the re-use and mining of research data. According to standard scholarly practice, it is recommended to provide appropriate citation and attribution whenever technically possible.</t>
   </si>