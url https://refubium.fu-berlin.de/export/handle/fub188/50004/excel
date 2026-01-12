--- v0 (2025-10-29)
+++ v1 (2026-01-12)
@@ -158,51 +158,51 @@
   <si>
     <t>Becoming transparent and feeling helpless</t>
   </si>
   <si>
     <t>Expressions of vulnerability and inequality in online critiques of algorithmic surveillance in China</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>100214</t>
   </si>
   <si>
     <t>10.1016/j.ajss.2025.100214</t>
   </si>
   <si>
     <t>Asian Journal of Social Science</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://www.sciencedirect.com/science/article/pii/S1568484925000322</t>
+    <t>https://doi.org/10.1016/j.ajss.2025.100214</t>
   </si>
   <si>
     <t>53 (2025)</t>
   </si>
   <si>
     <t>2212-3857</t>
   </si>
   <si>
     <t>1568-4849</t>
   </si>
   <si>
     <t>Geschichts- und Kulturwissenschaften</t>
   </si>
   <si>
     <t>Chinastudien:::6511e27f-3123-4cd6-9a61-cab15f8dc42b:::600</t>
   </si>
   <si>
     <t>852169</t>
   </si>
   <si>
     <t>ERC Starting Grant</t>
   </si>
   <si>
     <t>no</t>
   </si>