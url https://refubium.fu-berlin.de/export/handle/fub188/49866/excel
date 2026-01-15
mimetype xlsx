--- v0 (2025-10-18)
+++ v1 (2026-01-15)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="61">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
@@ -68,65 +68,77 @@
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.articlenumber</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
+    <t>dcterms.bibliographicCitation.originalpublishername[]</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.originalpublisherplace[]</t>
+  </si>
+  <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
+    <t>refubium.funding[]</t>
+  </si>
+  <si>
+    <t>refubium.note.author[]</t>
+  </si>
+  <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>df804651-63d6-42c3-bd7e-a9ca81b0148c</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Klein, Leon||Kelkar, Atharva||Durumeric, Aleksander||Chen, Yaoyi||Clementi, Cecilia||Noé, Frank</t>
   </si>
   <si>
     <t>2025-10-17T11:21:20Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Coarse-grained (CG) molecular dynamics simulations extend the length and time scales of atomistic simulations by replacing groups of correlated atoms with CG beads. Machine-learned coarse-graining (MLCG) has recently emerged as a promising approach to construct highly accurate force fields for CG molecular dynamics. However, the calibration of MLCG force fields typically hinges on force matching, which demands extensive reference atomistic trajectories with corresponding force labels. In practice, atomistic forces are often not recorded, making traditional force matching infeasible on pre-existing datasets. Recently, noise-based kernels have been introduced to adapt force matching to the low-data regime, including situations in which reference atomistic forces are not present. While this approach produces force fields that recapitulate slow collective motion, it introduces significant local distortions due to the corrupting effects of the noise-based kernel. In this work, we introduce more general kernels based on normalizing flows that substantially reduce these local distortions while preserving global conformational accuracy. We demonstrate our method on small proteins, showing that flow-based kernels can generate high-quality CG forces solely from configurational samples.</t>
   </si>
   <si>
     <t>16 Seiten</t>
@@ -146,63 +158,75 @@
   <si>
     <t>Free energy landscapes||Coarse-grained force fields||Molecular dynamics</t>
   </si>
   <si>
     <t>Operator forces for coarse-grained molecular dynamics</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>104111</t>
   </si>
   <si>
     <t>10.1063/5.0287366</t>
   </si>
   <si>
     <t>Journal of Chemical Physics</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>American Institute of Physics (AIP)</t>
+  </si>
+  <si>
+    <t>Melville, NY</t>
+  </si>
+  <si>
     <t>https://doi.org/10.1063/5.0287366</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>1089-7690</t>
   </si>
   <si>
     <t>Mathematik und Informatik||Physik</t>
   </si>
   <si>
     <t>Institut für Mathematik:::bbcc0fd4-8a69-48ba-bf5a-6eae54fc4a88:::600</t>
+  </si>
+  <si>
+    <t>AIP</t>
+  </si>
+  <si>
+    <t>Gefördert aus Open-Access-Mitteln der Freien Universität Berlin.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>WoS-Alert</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -212,51 +236,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB2"/>
+  <dimension ref="A1:AF2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -300,126 +324,150 @@
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
+      <c r="AB1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE1" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="J2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="N2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="O2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="P2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="Q2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="R2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="S2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="T2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="U2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="W2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="X2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="Y2" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AA2" t="s">
-        <v>52</v>
+        <v>56</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>59</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>