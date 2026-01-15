--- v0 (2025-10-18)
+++ v1 (2026-01-15)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="61">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
@@ -68,65 +68,77 @@
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.articlenumber</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
+    <t>dcterms.bibliographicCitation.originalpublishername</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.originalpublisherplace</t>
+  </si>
+  <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
+    <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
+  </si>
+  <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>27354c34-8ab7-49bc-b057-1e8b691680c7</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Mezera, Matěj||Erdman, Paolo A.||Schätzle, Zeno||Szabó, P. Bernát||Noé, Frank</t>
   </si>
   <si>
     <t>2025-10-17T10:50:51Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>We propose a novel wave function partitioning method that integrates deep-learning variational Monte Carlo with ansätze based on generalized product functions. This approach effectively separates electronic wave functions (WFs) into multiple partial WFs representing, for example, the core and valence domains or different electronic shells. Although our ansätze do not explicitly include correlations between individual electron groups, we show that they accurately reproduce the underlying physics and chemical properties, such as dissociation curve, dipole moment, reaction energy, ionization energy, or atomic sizes. We identify the optimal number of core electrons and define physical core sizes for Li to Mg atoms. Our results demonstrate that core electrons can be effectively decoupled from valence electrons. We show that the core part of the WF remains nearly constant across different molecules and their geometries, enabling the transfer and reuse of the core part in WFs of more complex systems. This work provides a general framework for WF decomposition, offering potential advantages in computing and studying larger systems, and possibly paving the way for ab initio development of effective core potentials. Although currently limited to small molecules due to scaling, we highlight several directions for extending our method it to larger systems.</t>
   </si>
   <si>
     <t>14 Seiten</t>
@@ -146,63 +158,75 @@
   <si>
     <t>Slater determinant||Electronic structure||Monte Carlo methods</t>
   </si>
   <si>
     <t>Partitioning the electronic wave function using deep variational Monte Carlo</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>084117</t>
   </si>
   <si>
     <t>10.1063/5.0286721</t>
   </si>
   <si>
     <t>Journal of Chemical Physics</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
+    <t>American Institute of Physics (AIP)</t>
+  </si>
+  <si>
+    <t>Melville, NY</t>
+  </si>
+  <si>
     <t>https://doi.org/10.1063/5.0286721</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>1089-7690</t>
   </si>
   <si>
     <t>Mathematik und Informatik</t>
   </si>
   <si>
     <t>Institut für Mathematik:::bbcc0fd4-8a69-48ba-bf5a-6eae54fc4a88:::600</t>
+  </si>
+  <si>
+    <t>AIP</t>
+  </si>
+  <si>
+    <t>Gefördert aus Open-Access-Mitteln der Freien Universität Berlin.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>WoS-Alert</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -212,51 +236,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB2"/>
+  <dimension ref="A1:AF2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -300,126 +324,150 @@
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
+      <c r="AB1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE1" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="J2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="N2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="O2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="P2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="Q2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="R2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="S2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="T2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="U2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="V2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="W2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="X2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="Y2" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="Z2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="AA2" t="s">
-        <v>52</v>
+        <v>56</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>57</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>59</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>