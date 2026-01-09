--- v0 (2025-10-27)
+++ v1 (2026-01-09)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.accessRights.dnb</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.format[de]</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>b41cac6e-1759-43dd-8e76-e6b284a39ac6</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Kieseritzky, Esther geb. Fischbach</t>
+    <t>Kieseritzky, Esther (geb. Fischbach)</t>
   </si>
   <si>
     <t>Prof. H.-J. Freund</t>
   </si>
   <si>
     <t>Prof. K. Christmann</t>
   </si>
   <si>
     <t>w</t>
   </si>
   <si>
     <t>2010-10-13</t>
   </si>
   <si>
     <t>2018-06-07T18:23:20Z</t>
   </si>
   <si>
     <t>2010-10-22T09:25:20.983Z</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>The present PhD thesis describes for the first time the construction and
 preliminary tests of a system that allows electron paramagnetic resonance