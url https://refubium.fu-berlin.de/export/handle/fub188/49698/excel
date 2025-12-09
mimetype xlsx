--- v0 (2025-10-14)
+++ v1 (2025-12-09)
@@ -137,51 +137,51 @@
   <si>
     <t>Priorities of the Berlin University Alliance in implementing the Mission Statement for Open Science</t>
   </si>
   <si>
     <t>Prioritäten der Berlin University Alliance in der Umsetzung des Leitbilds für eine Offene Wissenschaft</t>
   </si>
   <si>
     <t>Arbeitspapier</t>
   </si>
   <si>
     <t>free</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Präsidium</t>
   </si>
   <si>
     <t>Berlin University Alliance / Center for Open and Responsible Research</t>
   </si>
   <si>
     <t>Berlin OpenX-Initiative</t>
   </si>
   <si>
-    <t>The German version can be read at http://dx.doi.org/10.17169/refubium-49418</t>
+    <t>The German version can be read at http://dx.doi.org/10.17169/refubium-49556</t>
   </si>
   <si>
     <t>yes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>