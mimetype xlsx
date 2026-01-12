--- v0 (2025-10-02)
+++ v1 (2026-01-12)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="52">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
@@ -81,50 +81,53 @@
     <t>dcterms.bibliographicCitation.articlenumber</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.note.author[de]</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>d0a259bf-60b5-4dd2-804c-8a072a7cddc7</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Beier, Friederike</t>
   </si>
   <si>
     <t>2025-09-30T11:49:54Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Addressing unpaid care and domestic labor is an essential gender-based need for
 feminist scholarship, as its unequal distribution is one of the main factors behind
 gender inequality. This study examines the United Nations (UN) discourse on unpaid
 care and domestic labor through a Foucauldian governmentality framework,
 analyzing policy documents since 2010. It investigates how international strategies
@@ -171,101 +174,104 @@
     <t>open access</t>
   </si>
   <si>
     <t>7:1608696</t>
   </si>
   <si>
     <t>10.3389/fpos.2025.1608696</t>
   </si>
   <si>
     <t>Frontiers in Political Science</t>
   </si>
   <si>
     <t>https://doi.org/10.3389/fpos.2025.1608696</t>
   </si>
   <si>
     <t>2673-3145</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>Otto-Suhr-Institut für Politikwissenschaft:::ca19e79b-285b-4822-89a4-d0b77d55d851:::600</t>
   </si>
   <si>
     <t>Publikationsfonds FU</t>
+  </si>
+  <si>
+    <t>Die Publikation wurde aus Open Access Publikationsgeldern der Freien Universität Berlin finanziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:AB2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -306,123 +312,129 @@
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I2" t="s">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s">
+        <v>35</v>
+      </c>
+      <c r="K2" t="s">
+        <v>36</v>
+      </c>
+      <c r="L2" t="s">
+        <v>37</v>
+      </c>
+      <c r="M2" t="s">
+        <v>38</v>
+      </c>
+      <c r="N2" t="s">
+        <v>39</v>
+      </c>
+      <c r="O2" t="s">
+        <v>40</v>
+      </c>
+      <c r="P2" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>42</v>
+      </c>
+      <c r="R2" t="s">
+        <v>43</v>
+      </c>
+      <c r="S2" t="s">
+        <v>44</v>
+      </c>
+      <c r="T2" t="s">
+        <v>45</v>
+      </c>
+      <c r="U2" t="s">
         <v>31</v>
       </c>
-      <c r="H2" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="V2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="W2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="X2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Y2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Z2" t="s">
-        <v>49</v>
+        <v>50</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>