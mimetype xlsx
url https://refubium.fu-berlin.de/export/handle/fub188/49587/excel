--- v0 (2025-10-02)
+++ v1 (2025-12-07)
@@ -95,51 +95,51 @@
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.dnb</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.accessRights.proquest</t>
   </si>
   <si>
     <t>dcterms.format</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>37d1a57e-7bf0-497c-a14a-93c3af2b55f4</t>
   </si>
   <si>
     <t>fub188/14</t>
   </si>
   <si>
-    <t>Federico, Baserga</t>
+    <t>Baserga, Federico</t>
   </si>
   <si>
     <t>Joachim, Heberle</t>
   </si>
   <si>
     <t>Weidinger, Inez</t>
   </si>
   <si>
     <t>male</t>
   </si>
   <si>
     <t>2025-09-22</t>
   </si>
   <si>
     <t>2025-10-01T13:41:15Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Die Funktion von Proteinen wird in der Natur durch komplexe Protonierungsdynamiken reguliert. Die direkte Beobachtung von Protonen während Proteinreaktionen ist entscheidend für das Verständnis physiologischer Prozesse, doch nur wenige Methoden bieten eine ausreichende molekulare Auflösung. Die Infrarotspektroskopie ermöglicht die Identifizierung funktioneller Gruppen, die an Protonierungsereignissen beteiligt sind. In Kombination mit unterschiedlichen experimentellen Ansätzen können chemische Reaktionen gezielt ausgelöst werden, was hochspezifische Einblicke in die Chemie von Aminosäureseitenketten und Kofaktoren liefert.
 In dieser Arbeit wird Komplex IV der mitochondrialen Atmungskette, die sogenannte Cytochrom-c-Oxidase (CcO), mittels Infrarotspektroskopie untersucht. Als Membranprotein reduziert CcO molekularen Sauerstoff zu Wasser und trägt zur Bildung der protonenmotorischen Kraft bei, die für die ATP-Synthese erforderlich ist. Aufgrund der Funktion des Proteins als Protonenpumpe eignet sich Infrarotspektroskopie besonders zur Aufklärung des Reaktionsmechanismus der CcO mit Relevanz für die mitochondriale Physiologie und potenzielle therapeutische Anwendungen. Der katalytische Zyklus wird häufig über künstliche Übergänge zwischen Redoxzuständen analysiert, die physiologischen Intermediaten ähneln. Diese Zustände steuern die enzymatische Aktivität durch Veränderungen an den Häm-Kofaktoren a und a3, die die katalytische Reaktion kontrollieren und eng mit Strukturänderungen und Protonentransport durch protonengekoppeltem Elektronentransfer verbunden sind. Reaktionsinduzierte Infrarotspektroskopie erlaubt die Untersuchung dieser molekularen Prozesse mit hoher Auflösung. Im Mittelpunkt der Arbeit steht die Umwandlung verschiedener reduzierter Zustände während der reduktiven Phase des Zyklus sowie ihr Übergang in katalytisch relevante oxidative Zustände. Mehrere spektroskopische Techniken ermöglichen die gezielte Steuerung einzelner Reaktionsbedingungen, wobei Kohlenmonoxid über den Schwingungs-Stark-Effekt als empfindliche Umgebungs-Sonde fungieren kann. 
  Spektroelektrochemie differenziert zwischen redoxspezifischen Effekten einzelner Häm-Kofaktoren, in-situ Infrarotspektroskopie verfolgt die Enzymoxidation durch molekularen Sauerstoff, und die zeitaufgelöste Infrarotspektroskopie erfasst Elektronenflüsse nach der Photolyse CO-gebundener Zustände. Die resultierenden Differenzspektren zeigen kleinste molekulare Veränderungen mit der Auflösung einzelner Bindungen. 
 Ein zentrales Ergebnis dieser Arbeit ist, dass der Protonierungszustand von E286, einer für den gerichteten Protonentransport zentralen Glutaminsäure, ausschließlich durch den Redoxzustand von Häm a kontrolliert wird. Zwischen oxidiertem und zweifach reduziertem Zustand treten zudem Umorganisierungen von Wasserstoffbrücken auf, die auf eine funktionelle Umschaltung zwischen einem Protonenaufnahmeweg und einem Wassernetzwerk auf der P-Seite des Proteins hinweisen. Auch die Rolle der Propionatgruppen von Häm a3 als mögliche Protonenspeicherstelle wird im Kontext experimenteller Befunde diskutiert. 
 Abschließend wurde der Einsatz von Nanodiscs als biomimetisches Membransystem untersucht. Die Aktivierung des Proteins führt zu spezifischen spektralen Merkmalen, die als molekulare Reporter für Membran-Protein-Wechselwirkungen geeignet sein könnten. Diese Signale wurden sowohl zeitaufgelöst als auch durch direkte Oxidation mit molekularem Sauerstoff verfolgt. Die Ergebnisse zeigen, dass unterschiedliche Lipidzusammensetzungen die enzymatische Aktivität nicht beeinträchtigen und die Ligandenbindung vernachlässigbare Effekte über mehrere katalytische Zyklen hinweg verursacht.</t>