--- v0 (2025-10-02)
+++ v1 (2025-12-08)
@@ -144,54 +144,54 @@
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>
   </si>
   <si>
     <t>SFB1078||Proteinfunktion||Protonierungsdynamik</t>
   </si>
   <si>
     <t>FINAL REPORT Collaborative Research Centre 1078</t>
   </si>
   <si>
     <t>Protonation Dynamics in Protein Function</t>
   </si>
   <si>
     <t>Abschlussbericht Sonderforschungsbereich 1078 - Proteinfunktion durch Protonierungsdynamik (öffentlicher Teil)</t>
   </si>
   <si>
     <t>Report</t>
   </si>
   <si>
-    <t>free</t>
-[...2 lines deleted...]
-    <t>open access</t>
+    <t>blocked</t>
+  </si>
+  <si>
+    <t>restricted access</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>Sonderforschungsbereich 1078</t>
   </si>
   <si>
     <t>221545957</t>
   </si>
   <si>
     <t>Deutsche Forschungsgesellschaft</t>
   </si>
   <si>
     <t>Sonderforschungsbereiche</t>
   </si>
   <si>
     <t>yes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>