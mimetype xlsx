--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -150,51 +150,51 @@
   <si>
     <t>Russlands strategische Narrative über die Ukraine in den Jahren 2019-2022 (am Beispiel der ukrainischen prorussischen Parteien)</t>
   </si>
   <si>
     <t>Buch</t>
   </si>
   <si>
     <t>free</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>https://www.oei.fu-berlin.de/politik/Arbeitspapiere</t>
   </si>
   <si>
     <t>Osteuropa-Institut</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>Arbeitspapiere des Osteuropa-Instituts</t>
+    <t>Arbeitspapiere des Osteuropa-Instituts. Abteilung Politik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">