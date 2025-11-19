--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -6,228 +6,246 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="47">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
+    <t>dc.identifier.urn</t>
+  </si>
+  <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.title.subtitle</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
+    <t>dcterms.accessRights.dnb</t>
+  </si>
+  <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
+  </si>
+  <si>
+    <t>refubium.resourceType.isindependentpub[]</t>
   </si>
   <si>
     <t>refubium.series.issueNumber</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>f3e78cfe-01b5-42c0-ade1-db0be5557657</t>
   </si>
   <si>
     <t>fub188/17618</t>
   </si>
   <si>
     <t>Lembeck, Fiete</t>
   </si>
   <si>
     <t>2025-09-17T08:30:56Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>The paper investigates how the Russian authoritarian regime managed two disastrous forest
 fires episodes Russia experienced in 2010 and 2021. It identifies key characteristics of the
 authoritarian forest fires management, as well as performs content analysis in order to identify
 the common features and the peculiarities of the forest fires management in both cases. It covers
 both response to disasters and the subsequent recovery. The paper both identifies the key
 characteristics of the official communication regarding forest fire management and looks at the
 general discourse about two forest fires episodes in the Russian media, including the role of
 different levels of the bureaucratic hierarchy in combatting forest fires and organizing recovery.</t>
   </si>
   <si>
     <t>V, 79 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/49348||http://dx.doi.org/10.17169/refubium-49070</t>
   </si>
   <si>
+    <t>urn:nbn:de:kobv:188-refubium-49348-6</t>
+  </si>
+  <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>300 Sozialwissenschaften::320 Politikwissenschaft::320 Politikwissenschaft</t>
   </si>
   <si>
     <t>Authoritarian regimes||natural disasters||Russia||center-periphery relations||discourse analysis</t>
   </si>
   <si>
     <t>Autocratic Disaster Management in Russia</t>
   </si>
   <si>
     <t>How the Russian State Reacts on Forest Fires – A Case Study</t>
   </si>
   <si>
     <t>Buch</t>
   </si>
   <si>
+    <t>free</t>
+  </si>
+  <si>
     <t>open access</t>
   </si>
   <si>
     <t>https://www.oei.fu-berlin.de/politik/Arbeitspapiere</t>
   </si>
   <si>
     <t>Osteuropa-Institut</t>
   </si>
   <si>
+    <t>yes</t>
+  </si>
+  <si>
     <t>88</t>
   </si>
   <si>
-    <t>Arbeitspapiere des Osteuropa-Instituts</t>
+    <t>Arbeitspapiere des Osteuropa-Instituts. Abteilung Politik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V2"/>
+  <dimension ref="A1:Y2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -253,108 +271,126 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
+      <c r="V1" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="L2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="M2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="N2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="R2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="T2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="U2" t="s">
-        <v>40</v>
+        <v>43</v>
+      </c>
+      <c r="V2" t="s">
+        <v>44</v>
+      </c>
+      <c r="W2" t="s">
+        <v>45</v>
+      </c>
+      <c r="X2" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>