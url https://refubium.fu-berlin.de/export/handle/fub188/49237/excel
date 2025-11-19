--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -53,105 +53,105 @@
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.identifier.urn</t>
   </si>
   <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.subject[de]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.title.subtitle</t>
   </si>
   <si>
-    <t>dc.type[]</t>
+    <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.dnb</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>f29188c5-6c3c-4fb5-9397-ae95d9fb8e94</t>
   </si>
   <si>
     <t>fub188/25573</t>
   </si>
   <si>
     <t>Geiser, Annika</t>
   </si>
   <si>
     <t>2025-10-01T11:47:36Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>67 Seiten</t>
+    <t>69 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/49237||http://dx.doi.org/10.17169/refubium-48959</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-refubium-49237-6</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>900 Geschichte und Geografie::900 Geschichte::900 Geschichte und Geografie</t>
   </si>
   <si>
     <t>Ravensbrück||DDR||Lesben in der DDR||Lesbische Gedenkfahrten||Queere Sichtbarkeit||Kollektives Gedächtnis||Nationalsozialismus</t>
   </si>
   <si>
-    <t>Zwischen Erinnern und Sichtbarmachen:</t>
+    <t>Zwischen Erinnern und Sichtbarmachen</t>
   </si>
   <si>
     <t>Gedenkfahrten nach Ravensbrück als Praxis des lesbischen Erinnerns in der DDR</t>
   </si>
   <si>
     <t>Masterarbeit</t>
   </si>
   <si>
     <t>free</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Geschichts- und Kulturwissenschaften</t>
   </si>
   <si>
     <t>Friedrich-Meinecke-Institut:::9a5a6cbb-3703-4959-80fe-408f6c9d9f1f:::600</t>
   </si>
   <si>
     <t>yes</t>
   </si>
 </sst>
 </file>
 