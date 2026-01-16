--- v0 (2025-11-12)
+++ v1 (2026-01-16)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>dde02428-4130-44ca-bcd9-50048697dc5d</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Marotzke, S.||Gupta, D.||Wang, R.-P.||Pavelka, M.||Dziarzhytski, S.||Korff Schmising, C. von||Jana, S.||Thielemann-Kühn, Nele||Amrhein, Tim||Weinelt, Martin</t>
+    <t>Marotzke, S.||Gupta, D.||Wang, R.-P.||Pavelka, M.||Dziarzhytski, S.||Korff Schmising, Clemens von||Jana, S.||Thielemann-Kühn, Nele||Amrhein, Tim||Weinelt, Martin</t>
   </si>
   <si>
     <t>2025-09-10T08:23:08Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Time-resolved absorption spectroscopy and magnetic circular dichroism with circularly polarized soft x-rays (XAS and XMCD) are powerful tools to probe electronic and magnetic dynamics in magnetic materials element- and site-selectively. By employing these methods, groundbreaking results have been obtained, for instance, for magnetic alloys, which helped to fundamentally advance the field of ultrafast magnetization dynamics. At the free-electron laser facility FLASH, key capabilities for ultrafast XAS and XMCD experiments have recently improved. In an upgrade, an APPLE-III helical afterburner undulator was installed at FLASH2 in September 2023. This installation allows for the generation of circularly polarized soft x-ray pulses with a duration of a few tens of femtoseconds covering the L-3,L-2-edges of the important 3d transition metal elements with pulse energies of several mu J. Here, we present first experimental results with such ultrashort x-ray pulses from the FL23 beamline employing XMCD at the L-3,L-2-edges of the 3d metals, Co, Fe, and Ni. We obtain significant dichroic difference signals indicating a degree of circular polarization close to 100%. With the pulse-length preserving monochromator at beamline FL23 and an improved pump-laser setup, FLASH can offer important and efficient experimental instrumentation for ultrafast demagnetization studies and other investigations of ultrafast spin dynamics in 3d transition metals, multilayers, and alloys.</t>
   </si>
   <si>
     <t>11 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/49198||http://dx.doi.org/10.17169/refubium-48921</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik::530 Physik</t>
   </si>