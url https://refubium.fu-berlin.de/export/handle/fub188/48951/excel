--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>721b6b83-17c6-4aa0-8077-4ac24589437e</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Yu, Xiaoxiao||Martínez Vallespín, Beatriz||Grześkowiak, Łukasz||Rothkötter, Hermann-Josef||Vahjen, Wilfried||Saliu, Eva-Maria||Zentek, Jürgen||Holthausen, Johannes Schulze</t>
+    <t>Yu, Xiaoxiao||Martínez Vallespín, Beatriz||Grześkowiak, Łukasz M.||Rothkötter, Hermann-Josef||Vahjen, Wilfried||Saliu, Eva-Maria||Zentek, Jürgen||Holthausen, Johannes Schulze</t>
   </si>
   <si>
     <t>2025-08-29T05:48:56Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>This study investigated the effects of dietary fibre type, particle size, and weaning age on colonic morphology, mucin distribution, and immune function in piglets. Ninety-four piglets were assigned to groups based on weaning age (28 ± 2 days, conventional weaning, CW; 42 ± 2 days, late weaning, LW) and fed diets with hay or sugar beet pulp (SBP, fine or coarse particles). After two weeks, tissue samples were collected. SBP enhanced the expression of IL-10 (P = 0.001) and GPR43 mRNA (P = 0.029), while it enhanced mucin presence in LW piglets (P &lt; 0.01). In LW piglets, coarse particles increased crypt area (P = 0.012), and fine particles increased immune cell infiltration. Weaning age also affected crypt morphology and goblet cell numbers, with LW piglets showing deeper crypts (P &lt; 0.001). Results suggest that fibre type, particle size, and weaning age significantly influence gut health and immunity.</t>
   </si>
   <si>
     <t>11 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/48951||http://dx.doi.org/10.17169/refubium-48674</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::630 Landwirtschaft und verwandte Bereiche</t>
   </si>