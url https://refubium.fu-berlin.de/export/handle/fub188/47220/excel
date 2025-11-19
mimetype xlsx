--- v0 (2025-10-01)
+++ v1 (2025-11-19)
@@ -32,51 +32,51 @@
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.editor</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
-    <t>dc.identifier.epub</t>
+    <t>dc.identifier.eisbn</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.identifier.urn</t>
   </si>
   <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.title.subtitle</t>
   </si>
@@ -144,51 +144,51 @@
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>300 Sozialwissenschaften::340 Recht::340 Recht||300 Sozialwissenschaften::340 Recht::346 Privatrecht||300 Sozialwissenschaften::340 Recht::348 Gesetze, Verordnungen, Rechtsfälle</t>
   </si>
   <si>
     <t>Insurance Law||European Union Law||Policyholder Protection</t>
   </si>
   <si>
     <t>Insurance-based investment products, between the market and policyholder protection</t>
   </si>
   <si>
     <t>What responses from European Union Law?</t>
   </si>
   <si>
     <t>Buch</t>
   </si>
   <si>
     <t>free</t>
   </si>
   <si>
-    <t>metadata only access</t>
+    <t>open access</t>
   </si>
   <si>
     <t>www.fu-berlin.de/italienzentrum||https://www.geisteswissenschaften.fu-berlin.de/italienzentrum/publikationen/schriften-italienzentrum/index.html</t>
   </si>
   <si>
     <t>Philosophie und Geisteswissenschaften</t>
   </si>
   <si>
     <t>Italienzentrum:::a489c42e-8154-401b-81f4-e24f15c0ee69:::600</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Schriften des Italienzentrums der Freien Universität Berlin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>