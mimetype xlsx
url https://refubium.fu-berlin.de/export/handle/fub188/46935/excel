--- v0 (2025-10-19)
+++ v1 (2026-01-09)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>b5ab924e-f63f-48c8-be5f-45f675022a4c</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Köster, Philipp||He, Gefeng||Liu, Changyun||Dong, Qiuyan||Hake, Katarina||Schmitz-Thom, Ina||Heinkow, Paulina||Eirich, Jürgen||Wallrad, Lukas||Romeis, Tina</t>
+    <t>Köster, Philipp||He, Gefeng||Liu, Changyun||Dong, Qiuyan||Hake, Katharina||Schmitz-Thom, Ina||Heinkow, Paulina||Eirich, Jürgen||Wallrad, Lukas||Romeis, Tina</t>
   </si>
   <si>
     <t>2025-03-20T12:59:41Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Systemic signaling is an essential hallmark of multicellular life. Pathogen encounter occurs locally but triggers organ-scale and organismic immune responses. In plants, elicitor perception provokes systemically expanding Ca2+ and H2O2 signals conferring immunity. Here, we identify a Ca2+ sensing bi-kinase module as becoming super-activated through mutual phosphorylation and as imposing synergistically enhanced NADPH oxidase activation. A combined two-layer bi-kinase/substrate phospho-code allows for sensitized signaling initiation already by near-resting elevations of Ca2+ concentration. Subsequently, it facilitates further signal wave proliferation with minimal Ca2+ amplitude requirement, triggering protective defense responses throughout the plant. Our study reveals how plants build and perpetuate trans-cellular immune signal proliferation while avoiding disturbance of ongoing cellular signaling along the path of response dissemination.</t>
   </si>
   <si>
     <t>12 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/46935||http://dx.doi.org/10.17169/refubium-46650</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::570 Biowissenschaften; Biologie::570 Biowissenschaften; Biologie</t>
   </si>