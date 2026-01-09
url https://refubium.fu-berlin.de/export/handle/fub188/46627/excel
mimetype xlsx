--- v0 (2025-10-28)
+++ v1 (2026-01-09)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>b651625e-08e0-4f9b-9b1e-41a23b47c394</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Kimmig, S. E.||Hölker, Franz||Schroer, S.||Kassiem, Amina||Kiefer, S.</t>
+    <t>Kimmig, S. E.||Hölker, Franz||Schroer, S.||Kassiem, Amina||Kiefer, Sarah</t>
   </si>
   <si>
     <t>2025-02-18T08:15:06Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2025-02-17T17:53:36Z</t>
   </si>
   <si>
     <t>Nocturnal ecology has hitherto led a shadowy existence in ecology, which traditionally focuses on diurnal species and functional relationships in the bright light of day. Yet nighttime hides exciting research insights and urgent conservation issues to be addressed. Citizen science is a promising approach to support this urgently needed exploration.</t>
   </si>
   <si>
     <t>4 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/46627||http://dx.doi.org/10.17169/refubium-46341</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>Open Access This article is licensed under a Creative Commons Attribution-NonCommercial-NoDerivatives 4.0 International License, which permits any non-commercial use, sharing, distribution and reproduction in any medium or format, as long as you give appropriate credit to the original author(s) and the source, provide a link to the Creative Commons licence, and indicate if you modified the licensed material. You do not have permission under this licence to share adapted material derived from this article or parts of it. The images or other third party material in this article are included in the article’s Creative Commons licence, unless indicated otherwise in a credit line to the material. If material is not included in the article’s Creative Commons licence and your intended use is not permitted by statutory regulation or exceeds the permitted use, you will need to obtain permission directly from the copyright holder. To view a copy of this licence, visit http://creativecommons.org/licenses/by-nc-nd/4.0/.</t>
   </si>