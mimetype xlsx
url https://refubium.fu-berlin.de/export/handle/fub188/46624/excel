--- v0 (2025-10-16)
+++ v1 (2025-12-11)
@@ -104,51 +104,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>a6681415-17aa-4cee-81d5-5ac72dfb2866</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Kempf, Sascha||Tucker, Scott||Altobelli, Nicolas||Briois, Christelle||Cable, Morgan L.||Grün, Eberhard||Gudipati, Murthy S.||Henderson, Bryana L.||Hsu, Hsian-Wen||Hand, Kevin||Horanyi, Mihaly||Postberg, Frank||Schmidt, Jürgen||Srama, Ralf||Sternovsky, Zoltan||Tobie, Gabriel||Zolotov, Mikhail Y.||Belting, Chris||Bortfeldt, Susan||Bouwman, Jordy||Brennan, Nat||Bryant, Karen||Cassidy, Timothy||Crotser, David||Curtin, Alexandra||DeVito, Elz||Ebuen, Donrich||Faber, Nat||Fisher, Melanie||Fontanese, John||Fowle, Maxwell||Frank, Wendy||Gurst, Scott||Haselschwardt, Sally||Hoxie, Vaughn||Hubbell, Karl||James, David||Kien, Mark||Knappmiller, Scott||Kohnert, Rick||Lampe, Alexander||Lankton, Mark||Lev-Tov, Sean||McGinn, Crystal||Miller, Marc||Newcomb, Gregory||Oberg, Samuel||O’Brien, Leela||Pilewskie, Kathrine||Polson, Shawn||Scarffe-Barrett, Victoria||Summers, David||Wade, Stacy||Ware, Alexandria||Yehle, Alan||Wuerthner, Corinne||Garcia Arteaga, Adrian||Oaida, Bogdan||Eberl, Chad||Fitton, Polly||Goode, William||Levin, Zuni||Lowry, Gwyneth||Stanley, Jared||Tracy, Anthony||Ulibarri, Zach||Williams, Ethan||Yoke, Camille||Southworth, Ben S.||Hillier, Jonathan K.||Khawaja, Nozair||Klenner, Fabian||Napoleoni, Maryse||Simolka, Jonas||Sioeng, Jason</t>
+    <t>Kempf, Sascha||Tucker, Scott||Altobelli, Nicolas||Briois, Christelle||Cable, Morgan L.||Grün, Eberhard||Gudipati, Murthy S.||Henderson, Bryana L.||Hsu, Hsiang-Wen||Hand, Kevin||Horanyi, Mihaly||Postberg, Frank||Schmidt, Jürgen||Srama, Ralf||Sternovsky, Zoltan||Tobie, Gabriel||Zolotov, Mikhail Y.||Belting, Chris||Bortfeldt, Susan||Bouwman, Jordy||Brennan, Nat||Bryant, Karen||Cassidy, Timothy||Crotser, David||Curtin, Alexandra||DeVito, Elz||Ebuen, Donrich||Faber, Nat||Fisher, Melanie||Fontanese, John||Fowle, Maxwell||Frank, Wendy||Gurst, Scott||Haselschwardt, Sally||Hoxie, Vaughn||Hubbell, Karl||James, David||Kien, Mark||Knappmiller, Scott||Kohnert, Rick||Lampe, Alexander||Lankton, Mark||Lev-Tov, Sean||McGinn, Crystal||Miller, Marc||Newcomb, Gregory||Oberg, Samuel||O’Brien, Leela||Pilewskie, Kathrine||Polson, Shawn||Scarffe-Barrett, Victoria||Summers, David||Wade, Stacy||Ware, Alexandria||Yehle, Alan||Wuerthner, Corinne||Garcia Arteaga, Adrian||Oaida, Bogdan||Eberl, Chad||Fitton, Polly||Goode, William||Levin, Zuni||Lowry, Gwyneth||Stanley, Jared||Tracy, Anthony||Ulibarri, Zach||Williams, Ethan||Yoke, Camille||Southworth, Ben S.||Hillier, Jon||Khawaja, Nozair||Klenner, Fabian||Napoleoni, Maryse||Simolka, Jonas||Sioeng, Jason</t>
   </si>
   <si>
     <t>2025-02-18T07:34:58Z</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2025-02-17T13:29:54Z</t>
   </si>
   <si>
     <t>The Surface Dust Analyser (SUDA) is a mass spectrometer onboard the Europa Clipper mission for investigating the surface composition of the Galilean moon Europa. Atmosphereless planetary moons such as the Galilean satellites are wrapped into a ballistic dust exosphere populated by tiny samples from the moon’s surface produced by impacts of fast micrometeoroids. SUDA will measure the composition of such surface ejecta during close flybys of Europa to obtain key chemical signatures for revealing the satellite’s composition such as organic molecules and salts, history, and geological evolution. Because of their ballistic orbits, detected ejecta can be traced back to the surface with a spatial resolution roughly equal to the instantaneous altitude of the spacecraft. SUDA is a Time-Of-Flight (TOF), reflectron-type impact mass spectrometer, optimized for a high mass resolution which only weakly depends on the impact location. The instrument will measure the mass, speed, charge, elemental, molecular, and isotopic composition of impacting grains. The instrument’s small size of 268mm×250mm×171mm, radiation-hard design, and rather large sensitive area of 220 cm 2 matches well the challenging demands of the Clipper mission.</t>
   </si>
   <si>
     <t>55 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/46624||http://dx.doi.org/10.17169/refubium-46338</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>Open Access This article is licensed under a Creative Commons Attribution 4.0 International License, which permits use, sharing, adaptation, distribution and reproduction in any medium or format, as long as you give appropriate credit to the original author(s) and the source, provide a link to the Creative Commons licence, and indicate if changes were made. The images or other third party material in this article are included in the article’s Creative Commons licence, unless indicated otherwise in a credit line to the material. If material is not included in the article’s Creative Commons licence and your intended use is not permitted by statutory regulation or exceeds the permitted use, you will need to obtain permission directly from the copyright holder. To view a copy of this licence, visit http://creativecommons.org/licenses/by/4.0/.</t>
   </si>