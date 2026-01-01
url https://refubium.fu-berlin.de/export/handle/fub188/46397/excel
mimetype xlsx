--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>220199ec-7ec1-4812-a3f2-29f4dbc837fe</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Mertens, Till Fabian||Liebheit, Alina Tabea||Ehl, Johanna||Köhler, Ralf||Rakhymzhan, Asylkhan||Woehler, Andrew||Katthän, Lukas||Ebel, Gernot||Liublin, Wjatscheslaw||Kasapi, Ana||Triantafyllopoulou, Antigoni||Schulz, Tim Julius||Niesner, Raluca Aura||Hauser, Anja Erika</t>
+    <t>Mertens, Till Fabian||Liebheit, Alina Tabea||Ehl, Johanna||Köhler, Ralf||Rakhymzhan, Asylkhan||Woehler, Andrew||Katthän, Lukas||Ebel, Gernot||Liublin, Wjatscheslaw||Kasapi, Ana||Triantafyllopoulou, Antigoni||Schulz, Tim Julius||Niesner, Raluca Aura||Hauser, Anja E.</t>
   </si>
   <si>
     <t>2025-01-28T13:05:31Z</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025-01-27T11:36:13Z</t>
   </si>
   <si>
     <t>Analyzing immune cell interactions in the bone marrow is vital for understanding hematopoiesis and bone homeostasis. Three-dimensional analysis of the complete, intact bone marrow within the cortex of whole long bones remains a challenge, especially at subcellular resolution. We present a method that stabilizes the marrow and provides subcellular resolution of fluorescent signals throughout the murine femur, enabling identification and spatial characterization of hematopoietic and stromal cell subsets. By combining a pre-processing algorithm for stripe artifact removal with a machine-learning approach, we demonstrate reliable cell segmentation down to the deepest bone marrow regions. This reveals age-related changes in the marrow. It highlights the interaction between CX3CR1+ cells and the vascular system in homeostasis, in contrast to other myeloid cell types, and reveals their spatial characteristics after injury. The broad applicability of this method will contribute to a better understanding of bone marrow biology.</t>
   </si>
   <si>
     <t>19 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/46397||http://dx.doi.org/10.17169/refubium-46110</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>Open Access This article is licensed under a Creative Commons Attribution 4.0 International License, which permits use, sharing, adaptation, distribution and reproduction in any medium or format, as long as you give appropriate credit to the original author(s) and the source, provide a link to the Creative Commons licence, and indicate if changes were made. The images or other third party material in this article are included in the article’s Creative Commons licence, unless indicated otherwise in a credit line to the material. If material is not included in the article’s Creative Commons licence and your intended use is not permitted by statutory regulation or exceeds the permitted use, you will need to obtain permission directly from the copyright holder. To view a copy of this licence, visit http://creativecommons.org/licenses/by/4.0/.</t>
   </si>