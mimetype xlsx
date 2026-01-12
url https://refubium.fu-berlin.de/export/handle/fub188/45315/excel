--- v0 (2025-10-18)
+++ v1 (2026-01-12)
@@ -6,82 +6,85 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="53">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.language</t>
   </si>
   <si>
+    <t>dc.relation.hascorrection[]</t>
+  </si>
+  <si>
     <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.articlenumber</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.doi</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
@@ -111,50 +114,53 @@
     <t>afddef60-abbb-473a-b4ad-039a1a51065d</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Mertz, Marcel||Hetzel, Tatiana||Alex, Karla||Braun, Katharina||Camenzind, Samuel||Dodaro, Rita||Jörgensen, Svea||Linder, Erich||Capas-Peneda, Sara||Reihs, Eva Ingeborg||Tiwari, Vini||Todorović, Zorana||Kahrass, Hannes||Selter, Felicitas</t>
   </si>
   <si>
     <t>2024-10-17T15:07:21Z</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Can nonhuman animals be used for the benefit of humans in a scientifically and morally justified manner and, if yes, how? Based on our own experiences as scholars from various academic backgrounds, we argue that this question can only be answered as an interdisciplinary and international endeavor, considering insights from research ethics and animal ethics as well as scientific and legal aspects. The aim of this article is to contribute to the foundation of the emerging field of animal research ethics. In doing so, we describe the following seven phases of animal research experiments: ethical, legal and social presumptions (phase 0), planning (phase I), review (phase II), conduct of experiments (phase III), publication/dissemination (phase IV), further exploitation of results (phase V), and evaluation (phase VI). In total, 20 key ethical, legal, and practical challenges that an ethical framework for the use of animals in research needs to address are identified and analyzed. Finally, we characterize the following four meta-challenges and opportunities associated with animal research ethics as a field: (1) moral pluralism, (2) the integration of views and positions outside the laboratory, (3) international plurality of conduct, standards, and legal norms, and (4) interdisciplinary education.</t>
   </si>
   <si>
     <t>28 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/45315||http://dx.doi.org/10.17169/refubium-45027</t>
   </si>
   <si>
     <t>eng</t>
+  </si>
+  <si>
+    <t>https://refubium.fu-berlin.de/handle/fub188/50323</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>100 Philosophie und Psychologie::170 Ethik::170 Ethik</t>
   </si>
   <si>
     <t>animal experimentation||animal ethics||animal law||animal ethics committees||harm–benefit analysis||3Rs</t>
   </si>
   <si>
     <t>Interdisciplinary Animal Research Ethics - Challenges, Opportunities, and Perspectives</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>10.3390/ani14192896</t>
   </si>
@@ -206,51 +212,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:AB2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -291,123 +297,129 @@
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="S2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="W2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="X2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Y2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Z2" t="s">
-        <v>50</v>
+        <v>51</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>