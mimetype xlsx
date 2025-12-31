--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -53,51 +53,51 @@
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.publisher</t>
   </si>
   <si>
     <t>dc.subject</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>14da3404-4b1d-4517-8a9f-34d4f737a0a6</t>
   </si>
   <si>
     <t>fub188/38515</t>
   </si>
   <si>
-    <t>Storz, J.||Reitze, M.P.||Stojic, A.N.||Kerraouch, I.||Bischoff, A.||Hiesinger, H.||John, T.</t>
+    <t>Storz, J.||Reitze, M.P.||Stojic, A.N.||Kerraouch, Imene||Bischoff, A.||Hiesinger, H.||John, T.</t>
   </si>
   <si>
     <t>2024-09-30T08:19:04Z</t>
   </si>
   <si>
     <t>Highlights:&lt;/br&gt;
 • Ryugu sample A0008 is spectrally most similar to CI chondrites.&lt;/br&gt;
 • C1/C2 clasts are distinguishable from CI chondrites due to differences in phyllosilicate composition.&lt;/br&gt;
 •The degree of aqueous alteration has a prominent effect on the MIR spectrum.</t>
   </si>
   <si>
     <t>https://doi.org/10.35003/2JF3BG</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/45072||http://dx.doi.org/10.17169/refubium-44784</t>
   </si>
   <si>
     <t>TRR170-DB</t>
   </si>
   <si>
     <t>Chemistry||Other||Asteroid Ryugu||carbonaceous chondrites||volatile-rich chondrites||infrared spectroscopy||mineralogy</t>
   </si>
   <si>
     <t>Replication Data for: Micro-FTIR reflectance spectroscopy of Ryugu, CI chondrites and volatile-rich clasts – Comparing spectral features in the Mid-IR (2.5–16.5 μm) region</t>
   </si>