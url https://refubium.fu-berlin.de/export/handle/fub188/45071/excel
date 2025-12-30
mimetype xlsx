--- v0 (2025-10-18)
+++ v1 (2025-12-30)
@@ -53,51 +53,51 @@
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.publisher</t>
   </si>
   <si>
     <t>dc.subject</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>e4989880-ea40-4987-bb9f-3683f82bdcf7</t>
   </si>
   <si>
     <t>fub188/38515</t>
   </si>
   <si>
-    <t>Kerraouch, I.||Bischoff, A.||Zolensky, M.Z.||Pack, A.||Patzek, M.||Hanna, R.D.||Fries, M.D.||Harries, D.||Kebukawa, Y.||Le, L.||Ito, M.||Rahman, Z.</t>
+    <t>Kerraouch, Imene||Bischoff, A.||Zolensky, M. Z.||Pack, A.||Patzek, M.||Hanna, R. D.||Fries, M. D.||Harries, D.||Kebukawa, Y.||Le, L.||Ito, M.||Rahman, Z.</t>
   </si>
   <si>
     <t>2024-09-30T08:19:04Z</t>
   </si>
   <si>
     <t>Key Points:&lt;/br&gt;
 •  &lt;b&gt;Meteorite Classification and Brecciation&lt;/b&gt;: Aguas Zarcas is identified as a brecciated CM2 chondrite with diverse lithologies, indicating a complex formation history involving multiple components and processes.&lt;/br&gt;
 •  &lt;b&gt; Diverse Lithologies Identified&lt;/b&gt;: The study describes five main lithologies within the Aguas Zarcas meteorite, including two distinct metal-rich lithologies (Met-1 and Met-2), a brecciated CM lithology, a C1/2 lithology, and a C1 lithology.&lt;/br&gt;
 •   &lt;b&gt;Unique Metal-Rich Lithologies&lt;/b&gt;: Met-1 and Met-2 lithologies are new types of carbonaceous chondrites with Met-1 showing similarities to CR and CM chondrites, yet distinct, while Met-2 is more similar to CM chondrites but with an unusually high metal content.&lt;/br&gt;
 •   &lt;b&gt;Oxygen Isotope Analysis&lt;/b&gt;: Bulk oxygen isotope compositions were measured for some lithologies, aiding in the classification and understanding of the meteorite's origins and its parent body's history.&lt;/br&gt;
 •   &lt;b&gt;Petrographic and Mineralogical Investigation &lt;/b&gt;: The paper focuses on detailed petrographic and mineralogical analyses of the different lithologies to classify and understand the formation history of the Aguas Zarcas meteorite.</t>
   </si>
   <si>
     <t>https://doi.org/10.35003/1F6KWI</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/45071||http://dx.doi.org/10.17169/refubium-44783</t>
   </si>
   <si>
     <t>TRR170-DB</t>
   </si>
   <si>
     <t>Chemistry||Brecciation||lithologies||carbonaceous chondrite||oxygen Isotope||petrography</t>
   </si>
   <si>