--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>31e0f097-2cc4-4e93-9e87-69055a42da78</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Peh, E.||Szott, Vanessa||Reichelt, Benjamin||Friese, Anika||Ploetz, M.||Rösler, Uwe||Kittler, S.</t>
+    <t>Peh, E.||Szott, Vanessa||Reichelt, Benjamin||Friese, Anika||Ploetz, M.||Rösler, Uwe||Kittler, Sophie</t>
   </si>
   <si>
     <t>2024-07-03T11:53:48Z</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>For reducing Campylobacter (C.) in the food production chain and thus the risk to the consumer, the combined application of different measures as a multiple-hurdle approach is currently under discussion. This is the first study to investigate possible synergistic activities in vivo, aiming at reducing intestinal C. jejuni counts by administering (i) bacteriophages (phages) in combination with a competitive exclusion (CE) product and (ii) carvacrol combined with organic acids. The combined application of the two selected phages (Fletchervirus phage NCTC 12673 and Firehammervirus phage vB_CcM-LmqsCPL1/1) and the CE product significantly reduced C. jejuni loads by 1.0 log10 in cecal and colonic contents as well as in cloacal swabs at the end of the trial (33 and 34 days post hatch). The proportion of bacterial isolates showing reduced phage susceptibility ranged from 10.9% (isolates from cecal content) to 47.8% (isolates from cloacal swabs 32 days post hatch) for the Fletchervirus phage, while all tested isolates remained susceptible to the Firehammervirus phage. The use of carvacrol combined with an organic acid blend (sorbic acid, benzoic acid, propionic acid, and acetic acid) significantly reduced Campylobacter counts by 1.0 log10 in cloacal swabs on day 30 only.</t>
   </si>
   <si>
     <t>11 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/44088||http://dx.doi.org/10.17169/refubium-43798</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::630 Landwirtschaft und verwandte Bereiche</t>
   </si>