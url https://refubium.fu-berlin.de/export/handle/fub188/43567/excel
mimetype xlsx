--- v0 (2025-10-26)
+++ v1 (2026-01-12)
@@ -95,51 +95,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>5653b26b-5750-45ce-a46d-381c1010d61b</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Huber, Lukas)||Kuropka, Benno||Doulidis, Pavlos G.||Baszler, Elisabeth||Martin, Lukas||Rosu, Anda||Kulmer, Lisa||Ramos, Carolina Frizzo||Rodríguez-Rojas, Alexandro||Burgener, Iwan A.</t>
+    <t>Huber, Lukas||Kuropka, Benno||Doulidis, Pavlos G.||Baszler, Elisabeth||Martin, Lukas||Rosu, Anda||Kulmer, Lisa||Ramos, Carolina Frizzo||Rodríguez-Rojas, Alexandro||Burgener, Iwan A.</t>
   </si>
   <si>
     <t>2024-05-15T12:15:19Z</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Acute haemorrhagic diarrhoea is a common complaint in dogs. In addition to causes like intestinal parasites, dietary indiscretion, intestinal foreign bodies, canine parvovirus infection, or hypoadrenocorticism, acute haemorrhagic diarrhoea syndrome (AHDS) is an important and sometimes life-threatening differential diagnosis. There is some evidence supporting the link between Clostridium perfringens toxins and AHDS. These toxins may be partially responsible for the epithelial cell injury, but the pathogenesis of AHDS is still not fully understood. Recent studies have suggested that severe damage to the intestinal mucosa and associated barrier dysfunction can trigger chronic gastrointestinal illnesses. Besides bloodwork and classical markers for AHDS such as protein loss and intestinal bacterial dysbiosis, we focused mainly on the plasma-proteome to identify systemic pathological alterations during this disease and searched for potential biomarkers to improve the diagnosis. To accomplish the goals, we used liquid chromatography-mass spectrometry. We compared the proteomic profiles of 20 dogs with AHDS to 20 age-, breed-, and sex-matched control dogs. All dogs were examined, and several blood work parameters were determined and compared, including plasma biochemistry and cell counts. We identified and quantified (relative quantification) 207 plasmatic proteins, from which dozens showed significantly altered levels in AHDS. Serpina3, Lipopolysaccharide-binding protein, several Ig-like domain-containing proteins, Glyceraldehyde-3-phosphate dehydrogenase and Serum amyloid A were more abundant in plasma from AHDS affected dogs. In contrast, other proteins such as Paraoxonase, Selenoprotein, Amine oxidases, and Apolipoprotein C-IV were significantly less abundant. Many of the identified and quantified proteins are known to be associated with inflammation. Other proteins like Serpina3 and RPLP1 have a relevant role in oncogenesis. Some proteins and their roles have not yet been described in dogs with diarrhoea. Our study opens new avenues that could contribute to the understanding of the aetiology and pathophysiology of AHDS.</t>
   </si>
   <si>
     <t>16 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/43567||http://dx.doi.org/10.17169/refubium-43283</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft::630 Landwirtschaft und verwandte Bereiche</t>
   </si>