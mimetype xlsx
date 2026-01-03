--- v0 (2025-10-25)
+++ v1 (2026-01-03)
@@ -56,51 +56,51 @@
   <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.publisher</t>
   </si>
   <si>
     <t>dc.subject</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>25b7b46e-15ed-47e1-afbb-07b6e66953c6</t>
   </si>
   <si>
     <t>fub188/38515</t>
   </si>
   <si>
-    <t>Haupt, C. P.||Renggli, C. J.||Rohrbach, A.||Berndt, Jasper||Schwinger, S.||Maurice, M.||Schulze, M.||Breuer, D.||Klemme, S.</t>
+    <t>Haupt, Cordula Pauline||Renggli, C. J.||Rohrbach, A.||Berndt, Jasper||Schwinger, S.||Maurice, M.||Schulze, M.||Breuer, D.||Klemme, Stephan</t>
   </si>
   <si>
     <t>2024-05-07T14:53:01Z</t>
   </si>
   <si>
     <t>Abstract: Modeling the behavior of trace elements during lunar magma ocean solidification is important to further our understanding of the chemical evolution of the Moon. Lunar magma ocean evolution models rely on consistent datasets on how trace elements partition between a lunar silicate melt and coexisting minerals at different pressures, temperatures, and redox conditions. Here we report new experimental trace element partition coefficients (D) between clinopyroxene (cpx), pigeonite, orthopyroxene, plagioclase, olivine (ol), and silicate melt at conditions relevant for the lunar magma ocean. The data include D&lt;sup&gt;cpx−melt&lt;/sup&gt; at ambient and high pressures (1.5 GPa and 1310 °C), and partition coefficients at ambient pressure for pig, opx, ol, and pl. Overall, clinopyroxene is a phase that may control the fractionation of key geochemical trace element ratios, such as Lu/Hf and Sm/Nd, during the evolution of the lunar magma ocean. We explore the impact of the new silicate D&lt;sup&gt;mineral−melt&lt;/sup&gt; on the trace element evolution of the lunar magma ocean and we find that accessory phosphate minerals, such as apatite or whitlockite are of critical importance to explain the observed trace element and isotopic signature of the KREEP reservoir on the Moon. The new partition coefficients were applied to calculate the trace element evolution of the residual melts of the crystallizing lunar magma ocean and we propose a new trace element composition for the urKREEP reservoir. The new data will be useful for future thermo-chemical models in order to adequately predict the duration of the lunar magma ocean and the age of the Moon.</t>
   </si>
   <si>
     <t>https://doi.org/10.35003/JMBY5C</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/43491||http://dx.doi.org/10.17169/refubium-43208</t>
   </si>
   <si>
     <t>English</t>
   </si>
   <si>
     <t>TRR170-DB</t>
   </si>
   <si>
     <t>Chemistry||Computer and Information Science||Experimental petrology||Geochemistry ·||partition coeffcient||LAICPMS||Lunar magma ocean||Oxygen fugacity||Moon ·||High pressure experiment||Trace element partitioning||urKREEP</t>
   </si>
   <si>
     <t>Replication Data for: Trace element partitioning in the lunar magma ocean: an experimental study</t>
   </si>