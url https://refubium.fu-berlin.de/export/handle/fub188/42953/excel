--- v0 (2025-11-28)
+++ v1 (2026-01-14)
@@ -161,51 +161,51 @@
   <si>
     <t>Microstructure, ferromagnetic resonance, and electrical analysis of Ho-substituted Li-Ni nanoparticles</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>172235</t>
   </si>
   <si>
     <t>10.1016/j.jallcom.2023.172235</t>
   </si>
   <si>
     <t>Journal of alloys and compounds</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
   <si>
     <t>Lausanne</t>
   </si>
   <si>
-    <t>https://linkinghub.elsevier.com/retrieve/pii/S0925838823035387</t>
+    <t>https://doi.org/10.1016/j.jallcom.2023.172235</t>
   </si>
   <si>
     <t>968 (2023)</t>
   </si>
   <si>
     <t>1873-4669</t>
   </si>
   <si>
     <t>0925-8388</t>
   </si>
   <si>
     <t>https://www.sciencedirect.com/journal/journal-of-alloys-and-compounds/publish/open-access-options</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 