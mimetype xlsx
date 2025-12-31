--- v0 (2025-10-28)
+++ v1 (2025-12-31)
@@ -44,51 +44,51 @@
   <si>
     <t>dc.identifier</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.publisher</t>
   </si>
   <si>
     <t>dc.subject</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>33999d9d-d180-4c85-b358-057c46e52261</t>
   </si>
   <si>
     <t>fub188/38515</t>
   </si>
   <si>
-    <t>Renggli, C. J.||Klemme, S.||Morlok, A.||Berndt, Jasper||Weber, I.||Hiesinger, H.||King, P. L.</t>
+    <t>Renggli, C. J.||Klemme, Stephan||Morlok, A.||Berndt, Jasper||Weber, I.||Hiesinger, H.||King, P. L.</t>
   </si>
   <si>
     <t>Highlights&lt;/br&gt;
 • Reduced S-rich gas reacts rapidly to form sulfides at the surface of Mercury.&lt;/br&gt;
 • Sulfidation of forsterite and diopside forms MgS, CaS, and quartz.&lt;/br&gt;
 • Volume changes in the regolith due to sulfidation affect hollow formation.&lt;/br&gt;
 &lt;/br&gt;
 Abstract: &lt;/br&gt;
 The surface of Mercury is enriched in sulfur, with up to 4 wt.% detected by the NASA MESSENGER mission, and has been challenging to understand in the context of other terrestrial planets. We posit, that magmatic S was mobilized as a gas phase in volcanic and impact processes near the surface, exposing silicates to a hot S-rich gas at reducing conditions and allowing conditions for rapid gas-solid reactions. Here, we present novel experiments on the reaction of Mercury composition glasses with reduced S-rich gas, forming Ca- and Mg-sulfides. The reaction products provide porous and fragile materials that create previously enigmatic hollows on Mercury. Our model predicts that the gas-solid reaction forms Ca-Mg-Fe-Ti-sulfide assemblages with SiO2 and aluminosilicates, distinct from formation as magmatic minerals. The ESA/JAXA BepiColombo mission to Mercury will allow this hypothesis to be tested.</t>
   </si>
   <si>
     <t>https://doi.org/10.35003/YT0EO1</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.17169/refubium-42449</t>
   </si>
   <si>
     <t>TRR170-DB</t>
   </si>
   <si>
     <t>Chemistry||Mercury||sulfidation||volume changes||gas-solid reactions</t>
   </si>
   <si>
     <t>Replication Data for: Sulfides and hollows formed on Mercury's surface by reactions with reducing S-rich gases</t>
   </si>