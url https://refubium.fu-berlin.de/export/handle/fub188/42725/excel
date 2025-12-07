--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -44,51 +44,51 @@
   <si>
     <t>dc.identifier</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.publisher</t>
   </si>
   <si>
     <t>dc.subject</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>be569ec9-871d-44d4-b870-1d0179291082</t>
   </si>
   <si>
     <t>fub188/38515</t>
   </si>
   <si>
-    <t>Steenstra, E. S.||Berndt, Jasper||Klemme, S.||Fei, Y.||Westrenen, W. van</t>
+    <t>Steenstra, E. S.||Berndt, Jasper||Klemme, Stephan||Fei, Y.||Westrenen, W. van</t>
   </si>
   <si>
     <t>• Core-mantle distribution of many elements was studied for lunar melt compositions.&lt;br&gt;
 • Depletions of Co and Ni provide evidence for a giant-impact origin of the Moon.&lt;br&gt;
 • Most volatile siderophile elements (VSE) do not behave strongly siderophile at high temperatures.&lt;br&gt;
 • Lunar mantle depletions of most VSE require significant volatility-related loss.&lt;br&gt;</t>
   </si>
   <si>
     <t>https://doi.org/10.35003/I8TSNK</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.17169/refubium-42444</t>
   </si>
   <si>
     <t>TRR170-DB</t>
   </si>
   <si>
     <t>Chemistry||Element core-mantle distribution||Depletions of Co and N||Volatile siderophile elements (VSE)||Lunar mantle depletions of VSE</t>
   </si>
   <si>
     <t>Replication Data for: A possible high-temperature origin of the Moon and its geochemical consequences.</t>
   </si>
   <si>
     <t>dataset</t>
   </si>