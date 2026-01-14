--- v0 (2025-11-28)
+++ v1 (2026-01-14)
@@ -158,51 +158,51 @@
   <si>
     <t>From undecidability of non-triviality and finiteness to undecidability of learnability</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>109057</t>
   </si>
   <si>
     <t>10.1016/j.ijar.2023.109057</t>
   </si>
   <si>
     <t>International Journal of Approximate Reasoning</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
   <si>
     <t>New York, NY, Amsterdam [u.a.]</t>
   </si>
   <si>
-    <t>https://linkinghub.elsevier.com/retrieve/pii/S0888613X23001883</t>
+    <t>https://doi.org/10.1016/j.ijar.2023.109057</t>
   </si>
   <si>
     <t>163 (2023)</t>
   </si>
   <si>
     <t>0888613X</t>
   </si>
   <si>
     <t>https://www.sciencedirect.com/journal/international-journal-of-approximate-reasoning/publish/open-access-options</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::600</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>