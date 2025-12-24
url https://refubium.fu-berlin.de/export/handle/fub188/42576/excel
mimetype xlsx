--- v0 (2025-10-23)
+++ v1 (2025-12-24)
@@ -107,51 +107,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>dcterms.rightsHolder.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>22b31fc6-1c98-4ccf-971f-b0357a4f9897</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Sukhachov, P. O.||Oppen, Felix von||Glazman, L. I.</t>
+    <t>Sukhachov, P. O.||Oppen, Felix von||Glazman, Leonid I.</t>
   </si>
   <si>
     <t>2024-03-14T12:56:39Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>We investigate the role of the Bloch functions and superconducting gap symmetries on the formation and properties of impurity-induced resonances in a two-dimensional superconductor, and elucidate their manifestation in scanning tunneling spectra. We use and extend a recently developed scattering approach, conveniently formulating the results in terms of the phase shifts of electron scattering off the impurity. We find that the discrete subgap states in a nodeless-gap superconductor are insensitive to the potential scattering phase shift (common for the two spin species) if time-reversal symmetry (TRS) is preserved. The independence of potential scattering is exact for s-wave superconductors. It remains an accurate approximation over a broad range of subgap energies when the gap function breaks the lattice point symmetry, except for a narrow region below the gap edge. Breaking of TRS makes potential scattering capable of creating spin-degenerate subgap states, which may be further split by spin-dependent scattering. In nodal-gap superconductors, impurity-induced resonances are broadened by coupling to the quasiparticle continuum. We identify the conditions allowing for the formation of narrow resonances. In addition to finding the energy spectrum, we evaluate the spin-resolved differential conductance for all of the considered symmetries and gap structures.</t>
   </si>
   <si>
     <t>18 Seiten (Manuskriptversion)</t>
   </si>
   <si>
     <t>97252</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/42576||http://dx.doi.org/10.17169/refubium-42300</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>