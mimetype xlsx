--- v0 (2025-10-21)
+++ v1 (2026-01-10)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>342e7926-57ae-41a8-8044-89ae8d833dd0</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Majewski, Maciej||Pérez, Adrià||Thölke, Philipp||Doerr, Stefan||Charron, Nicholas||Giorgino, Toni||Husic, Brooke Elena||Clementi, Cecilia||Noe, Frank||De Fabritiis, Gianni</t>
+    <t>Majewski, Maciej||Pérez, Adrià||Thölke, Philipp||Doerr, Stefan||Charron, Nicholas||Giorgino, Toni||Husic, Brooke E.||Clementi, Cecilia||Noe, Frank||De Fabritiis, Gianni</t>
   </si>
   <si>
     <t>2024-03-06T13:10:20Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>A generalized understanding of protein dynamics is an unsolved scientific problem, the solution of which is critical to the interpretation of the structure-function relationships that govern essential biological processes. Here, we approach this problem by constructing coarse-grained molecular potentials based on artificial neural networks and grounded in statistical mechanics. For training, we build a unique dataset of unbiased all-atom molecular dynamics simulations of approximately 9 ms for twelve different proteins with multiple secondary structure arrangements. The coarse-grained models are capable of accelerating the dynamics by more than three orders of magnitude while preserving the thermodynamics of the systems. Coarse-grained simulations identify relevant structural states in the ensemble with comparable energetics to the all-atom systems. Furthermore, we show that a single coarse-grained potential can integrate all twelve proteins and can capture experimental structural features of mutated proteins. These results indicate that machine learning coarse-grained potentials could provide a feasible approach to simulate and understand protein dynamics.</t>
   </si>
   <si>
     <t>13 Seiten</t>
   </si>
   <si>
     <t>97196</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/42539||http://dx.doi.org/10.17169/refubium-42263</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>