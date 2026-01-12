--- v0 (2025-11-08)
+++ v1 (2026-01-12)
@@ -6,130 +6,139 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="60">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.subject[en]</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
     <t>dcterms.bibliographicCitation.editor</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
+    <t>dcterms.bibliographicCitation.originalpublishername</t>
+  </si>
+  <si>
     <t>dcterms.bibliographicCitation.pageend</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.pagestart</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
+    <t>refubium.note.author[de]</t>
+  </si>
+  <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>3e03aa7d-d8a0-4975-89e6-f295d3fdca48</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Lünenborg, Margreth||Reißmann, Wolfgang||Siemon, Miriam</t>
   </si>
   <si>
     <t>2023-09-04T08:28:53Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>The Covid-19 pandemic reveals and exacerbates inequalities in various ways. Gender inequalities—intertwined with intersectional differences along class, ethnicity, or origin—are highly visible. Legacy and social media around the world cover and perform these issues as much as they conceal them. On the one hand, they have the ability to give those affected a voice and to intervene in public discourse. On the other hand, they reproduce stereotypes and imbalances and rely on gendered (infra)structures. This thematic issue explores the entanglement between empowering and restricting forms of media discourse and media practices. Ten contributions from different world regions, which analyze various media, and involve diverse methodological approaches, make visible reproductions of established power structures as well as new visibilities and counter-practices of marginalized groups. In sum, they generate a complex body of knowledge about global and local inequalities and the ramifications of the pandemic in and through media.</t>
   </si>
   <si>
     <t>5 Seiten</t>
@@ -146,69 +155,75 @@
   <si>
     <t>000 Informatik, Informationswissenschaft, allgemeine Werke::070 Publizistische Medien, Journalismus, Verlagswesen::070 Publizistische Medien, Journalismus, Verlagswesen</t>
   </si>
   <si>
     <t>Covid-19||gender and representation||gender gaps||gender inequalities||global inequalities||intersectionality||marginalization||visibility</t>
   </si>
   <si>
     <t>Countering or Reinforcing (Gendered) Inequalities? Ramifications of the Covid-19 Pandemic in and Through Media</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>10.17645/mac.v11i1.6839</t>
   </si>
   <si>
     <t>Media and Communication</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>Cogitatio Press</t>
+  </si>
+  <si>
     <t>90</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>https://doi.org/10.17645/mac.v11i1.6839</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2183-2439</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>Institut für Publizistik- und Kommunikationswissenschaft:::7b2ad7a2-0d3e-4461-848f-c576e9654b47:::600</t>
+  </si>
+  <si>
+    <t>Die Publikation wurde aus Open Access Publikationsgeldern der Freien Universität Berlin gefördert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>WoS-Alert</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -218,51 +233,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AC2"/>
+  <dimension ref="A1:AF2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -309,129 +324,147 @@
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
+      <c r="AC1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE1" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="J2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="N2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="O2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="P2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="Q2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="R2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="S2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="T2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="U2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="V2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="W2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="X2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="Y2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="Z2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="AA2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="AB2" t="s">
-        <v>54</v>
+        <v>56</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>57</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>