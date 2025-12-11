--- v0 (2025-10-03)
+++ v1 (2025-12-11)
@@ -152,51 +152,51 @@
   <si>
     <t>000 Informatik, Informationswissenschaft, allgemeine Werke::070 Publizistische Medien, Journalismus, Verlagswesen::070 Publizistische Medien, Journalismus, Verlagswesen||300 Sozialwissenschaften::300 Sozialwissenschaften, Soziologie::300 Sozialwissenschaften||300 Sozialwissenschaften::320 Politikwissenschaft::320 Politikwissenschaft</t>
   </si>
   <si>
     <t>digital opinion leadership||incidental news exposure||political influencers||political mobilization||social media influencers</t>
   </si>
   <si>
     <t>Social Media Influencers’ Role in Shaping Political Opinions and Actions of Young Audiences</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>10.17645/mac.v11i3.6750</t>
   </si>
   <si>
     <t>Media and Communication</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Cogitatio</t>
+    <t>Cogitatio Press</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>https://doi.org/10.17645/mac.v11i3.6750</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2183–2439</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>Die Publikation wurde aus Open Access Publikationsgeldern der Freien Universität Berlin gefördert.</t>
   </si>
   <si>
     <t>no</t>
   </si>