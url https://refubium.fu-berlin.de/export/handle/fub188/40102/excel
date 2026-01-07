--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -89,63 +89,63 @@
   <si>
     <t>dcterms.bibliographicCitation.pageend</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.pagestart</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
-    <t>refubium.note.author[]</t>
+    <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>e6248e9c-028d-48eb-8023-3497e163f258</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Grund, Marc U.||Handy, Mark R.||Giese, Jörg||Gemignani, Lorenzo||Pleuger, Jan||Onuzi, Kujtim</t>
+    <t>Grund, Marc Ulrich||Handy, Mark R.||Giese, Jörg||Gemignani, Lorenzo||Pleuger, Jan||Onuzi, Kujtim</t>
   </si>
   <si>
     <t>2023-08-07T09:45:12Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>The Dinaric–Hellenic mountain belt bends where two fault systems transect the orogen: (1) the dextral Shkoder-Peja Transfer Zone (SPTZ), active sometime between the Late Cretaceous and middle Eocene; (2) the Shkoder-Peja Normal Fault (SPNF), which accommodated NW–SE directed orogen-parallel extension. The SPTZ dextrally offsets the Dinaric–Hellenic nappes by ~ 75 km, a displacement attributed to reactivation of an Early Mesozoic rift transfer zone in the Adriatic margin during Paleogene subduction of the Pindos Ocean. This subduction involved an initial counter-clockwise rotation of the Hellenides with respect to the Dinarides around a pole at the NW end of the Budva–Krasta–Cukali–Pindos Basin. The SPNF overprints the SPTZ and is a composite structure comprising five fault segments: four of them (Cukali–Tropoja, Decani, Rožaje, Istog) were active under ductile-to-brittle conditions. They downthrow the West Vardar Ophiolite in the hanging wall. The Cukali–Tropoja and Decani segments exhume domes with anchizonal-to-greenschist-facies metamorphism in their footwalls. These structures formed during a first-phase of extension and clockwise rotation, whose Paleocene age is constrained by cross-cutting relationships. A second extensional phase was accommodated mainly by the fifth (Dukagjini) segment of the SPNF, a subsurface normal fault bordering syn-rift, mid-late Miocene clastic and lacustrine sediments in the Dukagjini Basin (DB) that are sealed by Plio-Pleistocene strata. This later phase involved subsidence of Neogene basins at the Dinaric–Hellenic junction coupled with accelerated clockwise oroclinal bending. The driving force for clockwise rotation is thought to be bending and rollback of the untorn part of the Adriatic slab beneath the Hellenides.</t>
   </si>
   <si>
     <t>22 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/40102||http://dx.doi.org/10.17169/refubium-39824</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::550 Geowissenschaften, Geologie::550 Geowissenschaften</t>
   </si>