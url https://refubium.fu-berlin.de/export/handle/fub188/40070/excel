--- v0 (2025-11-01)
+++ v1 (2025-12-29)
@@ -101,51 +101,51 @@
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>fac9d5a3-4537-438b-bfbd-384ec1ab7af0</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Hassan, Bassem A.||Hiesinger, P. Robin</t>
+    <t>Hassan, Bassem A.||Hiesinger, Peter Robin</t>
   </si>
   <si>
     <t>2023-10-04T08:37:15Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>A recent characterization of the role of autophagy in two different neuron types during brain development in Drosophila revealed two different mechanisms to regulate synapse formation. In photoreceptor neurons, autophagosome formation in synaptogenic filopodia destabilizes presumptive synaptic contacts and thereby restricts incorrect synaptic partnerships. In dorsal cluster neurons, autophagy is actively suppressed to keep mature synapses stable during axonal branching. These findings indicate that different neuron types can require activation or suppression of synaptic autophagy during the same developmental period to ensure proper synapse formation and brain connectivity.</t>
   </si>
   <si>
     <t>3 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/40070||http://dx.doi.org/10.17169/refubium-39792</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::570 Biowissenschaften; Biologie::570 Biowissenschaften; Biologie</t>
   </si>