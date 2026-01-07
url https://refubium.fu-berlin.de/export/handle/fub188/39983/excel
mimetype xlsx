--- v0 (2025-10-30)
+++ v1 (2026-01-07)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>900f2b0a-bddd-446a-8163-65719709ea7b</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Daumann, Ilsa-Maria||Hiesinger, P. Robin</t>
+    <t>Daumann, Ilsa-Maria||Hiesinger, Peter Robin</t>
   </si>
   <si>
     <t>2023-07-07T08:55:33Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>3 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/39983||http://dx.doi.org/10.17169/refubium-39705</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by-nc-nd/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::570 Biowissenschaften; Biologie::570 Biowissenschaften; Biologie</t>
   </si>
   <si>
     <t>Lipid rafts||Rab GTPases||plasma membrane recycling</t>
   </si>