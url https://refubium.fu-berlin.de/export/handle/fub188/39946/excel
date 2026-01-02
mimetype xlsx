--- v0 (2025-10-29)
+++ v1 (2026-01-02)
@@ -86,63 +86,63 @@
   <si>
     <t>dcterms.bibliographicCitation.journaltitle</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.number</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
-    <t>refubium.note.author[]</t>
+    <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>63203669-6b18-46fd-b29c-7142955a8a93</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Winter, Marlon||Ellwanger, Mathias A.||Limberg, Niklas||Pérez-Bitrián, Alberto||Voßnacker, Patrick||Steinhauer, Simon||Hasenstab- Riedel, Sebastian</t>
+    <t>Winter, Marlon||Ellwanger, Mathias A.||Limberg, Niklas||Pérez-Bitrián, Alberto||Voßnacker, Patrick||Steinhauer, Simon||Hasenstab-Riedel, Sebastian</t>
   </si>
   <si>
     <t>2023-10-09T07:49:21Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>We report on a comprehensive reactivity study starting from [AuF3(SIMes)] to synthesize different motifs of monomeric gold(III) fluorides. A plethora of different ligands has been introduced in a mono-substitution yielding trans-[AuF2X(SIMes)] including alkynido, cyanido, azido, and a set of perfluoroalkoxido complexes. The latter were better accomplished via use of perfluorinated carbonyl-bearing molecules, which is unprecedented in gold chemistry. In case of the cyanide and azide, triple substitution gave rise to the corresponding [AuX3(SIMes)] complexes. Comparison of the chemical shift of the carbene carbon atom in the 13C{1H} NMR spectrum, the calculated SIMes affinity and the Au–C bond length in the solid state with related literature-known complexes yields a classification of trans-influences for a variety of ligands attached to the gold center. Therein, the mixed fluorido perfluoroalkoxido complexes have a similar SIMes affinity to AuF3 with a very low Gibbs energy of formation when using the perfluoro carbonyl route.</t>
   </si>
   <si>
     <t>12 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/39946||http://dx.doi.org/10.17169/refubium-39668</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::540 Chemie::540 Chemie und zugeordnete Wissenschaften</t>
   </si>