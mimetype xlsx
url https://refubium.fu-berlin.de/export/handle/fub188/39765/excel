--- v0 (2025-10-02)
+++ v1 (2025-12-04)
@@ -98,51 +98,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.resourceType.provider</t>
   </si>
   <si>
     <t>e3eacdbb-9620-447d-87e8-cfeef77e6878</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Riedel, Jerome||Meijer, Gerard||Helden, Gert von||Lettow, Maike||Gotze, Michael||Miller, Rebecca L.||Boons, Geert-Jan||Szekeres, Gergo Peter||Pagel, Kevin||Grabarics, Marko</t>
+    <t>Riedel, Jerome||Meijer, Gerard||Helden, Gert von||Lettow, Maike||Gotze, Michael||Miller, Rebecca L.||Boons, Geert-Jan||Szekeres, Gergo Peter||Pagel, Kevin||Grabarics, Márkó</t>
   </si>
   <si>
     <t>2023-06-08T08:11:31Z</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>In recent years, glycosaminoglycans (GAGs) have emerged into the focus of biochemical and biomedical research due to their importance in a variety of physiological processes. These molecules show great diversity, which makes their analysis highly challenging. A promising tool for identifying the structural motifs and conformation of shorter GAG chains is cryogenic gas-phase infrared (IR) spectroscopy. In this work, the cryogenic gas-phase IR spectra of mass-selected heparan sulfate (HS) di-, tetra-, and hexasaccharide ions were recorded to extract vibrational features that are characteristic to structural motifs. The data were augmented with chondroitin sulfate (CS) disaccharide spectra to assemble a training library for random forest (RF) classifiers. These were used to discriminate between GAG classes (CS or HS) and different sulfate positions (2-O-, 4-O-, 6-O-, and N-sulfation). With optimized data preprocessing and RF modeling, a prediction accuracy of &gt;97% was achieved for HS tetra- and hexasaccharides based on a training set of only 21 spectra. These results exemplify the importance of combining gas-phase cryogenic IR ion spectroscopy with machine learning to improve the future analytical workflow for GAG sequencing and that of other biomolecules, such as metabolites.</t>
   </si>
   <si>
     <t>10 Seiten</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/39765||http://dx.doi.org/10.17169/refubium-39483</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>https://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::540 Chemie::540 Chemie und zugeordnete Wissenschaften</t>
   </si>