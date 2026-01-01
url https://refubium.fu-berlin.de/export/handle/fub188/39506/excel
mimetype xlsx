--- v0 (2025-10-19)
+++ v1 (2026-01-01)
@@ -65,51 +65,51 @@
   <si>
     <t>dc.relation</t>
   </si>
   <si>
     <t>dc.subject</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>b4ce9882-6b74-4822-b5ed-f5a3fc76dbb1</t>
   </si>
   <si>
     <t>fub188/38515</t>
   </si>
   <si>
     <t>Zhu, M.H.||Zhu, M.H.</t>
   </si>
   <si>
-    <t>Zhu, M.H.||Wünnemann, K.||Potter, R.W.K.||Kleine, T.||Morbidelli, A.</t>
+    <t>Zhu, M.H.||Wünnemann, K.||Potter, R.W.K.||Kleine, Thorsten||Morbidelli, A.</t>
   </si>
   <si>
     <t>2023-05-23T15:21:23Z</t>
   </si>
   <si>
     <t>•Giant impact on the nearside of the Moon can reproduce the crustal thickness asymmetry between the nearside and farside
 •The nearside lowlands and KREEP materials on the lunar surface can be explained by the giant impact scenario
 •Giant impact predicts that the Moon has a significant 182W anomaly after the Moon formation, as expected by the collision formation of the Moon</t>
   </si>
   <si>
     <t>https://doi.org/10.35003/ZUBECS</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/39506||http://dx.doi.org/10.17169/refubium-39224</t>
   </si>
   <si>
     <t>English</t>
   </si>
   <si>
     <t>TRR170-DB</t>
   </si>
   <si>
     <t>The GRAIL crustal thickness data can be accessed online via the GRAIL Crustal Thickness Archive (http://www.ipgp.fr/~wieczor/).</t>
   </si>
   <si>