--- v0 (2025-10-16)
+++ v1 (2026-01-08)
@@ -50,51 +50,51 @@
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.publisher</t>
   </si>
   <si>
     <t>dc.subject</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>e05e79f3-da5c-4fb0-b5a4-246adfd5d13d</t>
   </si>
   <si>
     <t>fub188/38515</t>
   </si>
   <si>
     <t>Balduin, Alexander</t>
   </si>
   <si>
-    <t>Knut, Metzler||Dominik C., Hezel||Jens Barosch||Elias Wölfer||Jonas M., Schneider</t>
+    <t>Metzler, Knut||Hezel, Dominik C.||Barosch, Jens||Wölfer, Elias||Schneider, Jonas M.</t>
   </si>
   <si>
     <t>A coordinated study of the petrology, mineral chemistry, and bulk chemical and isotopic composition of the five ungrouped carbonaceous chondrites Coolidge, Loongana 001, Los Vientos (LoV) 051, Northwest Africa (NWA) 033, and NWA 13400 reveals that these meteorites have a similar set of properties that distinguishes them from the other carbonaceous chondrite groups and allows definition of the new Loongana (CL) group of carbonaceous chondrites.</t>
   </si>
   <si>
     <t>https://doi.org/10.35003/BVKNAN</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.17169/refubium-39163</t>
   </si>
   <si>
     <t>TRR170-DB</t>
   </si>
   <si>
     <t>Chemistry||Earth and Environmental Sciences||Protoplanetary disk||CL chondrites||Loongana (CL) group||carbonaceous chondrites||Chondrules||Chondrule size distribution||Volatile depletion||Isotopic composition</t>
   </si>
   <si>
     <t>Replication Data for: The Loongana (CL) group of carbonaceous chondrites</t>
   </si>
   <si>
     <t>dataset</t>
   </si>
 </sst>
 </file>
 